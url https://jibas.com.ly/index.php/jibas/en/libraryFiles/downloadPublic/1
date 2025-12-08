--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1,45 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="11402347" w14:textId="49A8589A" w:rsidR="007D71A9" w:rsidRPr="00C10969" w:rsidRDefault="007D71A9" w:rsidP="007D71A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="32"/>
@@ -618,456 +616,1128 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>القسم، الكلية، الجامعة، المدينة، الدولة</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="3CEF46F4" w14:textId="77777777" w:rsidR="007D71A9" w:rsidRPr="007D71A9" w:rsidRDefault="007D71A9" w:rsidP="007D71A9">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D1C6173" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="007D71A9" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
+    <w:p w14:paraId="3D1C6173" w14:textId="3975D822" w:rsidR="00E34A54" w:rsidRPr="007D71A9" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D71A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="007D71A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Corresponding author: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="007D71A9">
+        <w:r w:rsidR="0064279A" w:rsidRPr="00F55ACB">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:iCs/>
-            <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>abduulgaderalsharif@gmail.com</w:t>
+          <w:t>dr.bduali@bwu.edu.ly</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007D71A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3005"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3199"/>
+        <w:gridCol w:w="1876"/>
+        <w:gridCol w:w="1385"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D71A9" w:rsidRPr="00E34A54" w14:paraId="2E320BE0" w14:textId="77777777" w:rsidTr="007D71A9">
+      <w:tr w:rsidR="007D71A9" w:rsidRPr="00E34A54" w14:paraId="2E320BE0" w14:textId="77777777" w:rsidTr="00AA7AF7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="04D34210" w14:textId="75920488" w:rsidR="007D71A9" w:rsidRPr="007D71A9" w:rsidRDefault="007D71A9" w:rsidP="007D71A9">
+          <w:p w14:paraId="04D34210" w14:textId="5903631B" w:rsidR="007D71A9" w:rsidRPr="00AA7AF7" w:rsidRDefault="007D71A9" w:rsidP="007D71A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D71A9">
+            <w:r w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Received: </w:t>
             </w:r>
-            <w:r w:rsidR="0029762B">
+            <w:r w:rsidR="0064279A" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>April</w:t>
+              <w:t>July</w:t>
             </w:r>
-            <w:r w:rsidRPr="007D71A9">
+            <w:r w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> 14, </w:t>
             </w:r>
-            <w:r w:rsidR="0029762B">
+            <w:r w:rsidR="0029762B" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="379A05A7" w14:textId="7FEFE9EF" w:rsidR="007D71A9" w:rsidRPr="007D71A9" w:rsidRDefault="007D71A9" w:rsidP="007D71A9">
+          <w:p w14:paraId="379A05A7" w14:textId="560C4D87" w:rsidR="007D71A9" w:rsidRPr="00AA7AF7" w:rsidRDefault="007D71A9" w:rsidP="007D71A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D71A9">
+            <w:r w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Accepted: </w:t>
             </w:r>
-            <w:r w:rsidR="0029762B">
+            <w:r w:rsidR="0064279A" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>June</w:t>
+              <w:t>October</w:t>
             </w:r>
-            <w:r w:rsidRPr="007D71A9">
+            <w:r w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0029762B">
+            <w:r w:rsidR="0029762B" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="007D71A9">
+            <w:r w:rsidR="0064279A" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA7AF7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="0029762B">
+            <w:r w:rsidR="0029762B" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3199" w:type="dxa"/>
+            <w:tcW w:w="3113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD7A718" w14:textId="5D6F53DD" w:rsidR="007D71A9" w:rsidRPr="007D71A9" w:rsidRDefault="007D71A9" w:rsidP="007D71A9">
+          <w:p w14:paraId="2AD7A718" w14:textId="27D91A3A" w:rsidR="007D71A9" w:rsidRPr="00AA7AF7" w:rsidRDefault="007D71A9" w:rsidP="007D71A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D71A9">
+            <w:r w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Published: </w:t>
             </w:r>
-            <w:r w:rsidR="0029762B">
+            <w:r w:rsidR="0064279A" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>July</w:t>
+              <w:t>November</w:t>
             </w:r>
-            <w:r w:rsidRPr="007D71A9">
+            <w:r w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0029762B">
+            <w:r w:rsidR="0064279A" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>02</w:t>
+              <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidRPr="007D71A9">
+            <w:r w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="0029762B">
+            <w:r w:rsidR="0029762B" w:rsidRPr="00AA7AF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E34A54" w:rsidRPr="00E34A54" w14:paraId="1762A879" w14:textId="77777777" w:rsidTr="00E34A54">
+      <w:tr w:rsidR="0064279A" w:rsidRPr="00E34A54" w14:paraId="1762A879" w14:textId="77777777" w:rsidTr="00AA7AF7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9209" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="50FE6724" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
+          <w:p w14:paraId="3A2EAA5A" w14:textId="377DD61B" w:rsidR="0064279A" w:rsidRPr="00E34A54" w:rsidRDefault="0064279A" w:rsidP="0029762B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E34A54">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="718BAD16" wp14:editId="2E11A263">
+                  <wp:extent cx="1054645" cy="372641"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+                  <wp:docPr id="582344224" name="صورة 3"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="582344224" name="صورة 582344224"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1070196" cy="378136"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7333" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="463C6E5C" w14:textId="02E2E0DC" w:rsidR="0064279A" w:rsidRPr="0064279A" w:rsidRDefault="0064279A" w:rsidP="0064279A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064279A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="URWPalladioL-Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:iCs/>
-[...4 lines deleted...]
-              <w:t>Abstract</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Copyright: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E34A54">
-[...70 lines deleted...]
-              <w:t>: Keyword 1, Keyword 2, Keyword 3, Keyword 4, Keyword 4</w:t>
+            <w:r w:rsidRPr="0064279A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="URWPalladioL-Roma" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>© 2025 by the authors. This article is an open-access article distributed under the terms and conditions of the Creative Commons Attribution (CC BY) license (https://creativecommons.org/licenses/by/4.0/).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17FFB104" w14:textId="77777777" w:rsidR="00232BCD" w:rsidRPr="00D81C37" w:rsidRDefault="00232BCD" w:rsidP="00232BCD">
+    <w:p w14:paraId="5AF5CB9D" w14:textId="77777777" w:rsidR="0064279A" w:rsidRPr="00E34A54" w:rsidRDefault="0064279A" w:rsidP="0064279A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E34A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D603E7B" w14:textId="77777777" w:rsidR="0064279A" w:rsidRDefault="0064279A" w:rsidP="0064279A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract is a summary of entire paper should be written in Times New Roman with font size- 10. Author can select Normal style from styles of this template. The abstract should not be more than 250 words and written in single paragraph. This electronic document is a “live” template. The abstract includes the overall purpose of the study you investigated, the basic design of the study, results of your analysis and brief summary of your interpretations and conclusion. An abstract is a summary of entire paper should be written in Times New Roman with font size- 10. Author can select Normal style from styles of this template. The abstract should not be more than 250 words and written in single paragraph. This electronic document is a “live” template. The abstract includes the overall purpose of the study you investigated, the basic design of the study, results of your analysis and brief summary of your interpretations and conclusion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4A6440" w14:textId="77777777" w:rsidR="0064279A" w:rsidRDefault="0064279A" w:rsidP="0064279A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A10D4C7" w14:textId="05D23510" w:rsidR="0064279A" w:rsidRPr="0064279A" w:rsidRDefault="0064279A" w:rsidP="0064279A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E34A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: Keyword 1, Keyword 2, Keyword 3, Keyword 4, Keyword 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FFB104" w14:textId="662239D0" w:rsidR="00232BCD" w:rsidRPr="00D81C37" w:rsidRDefault="00232BCD" w:rsidP="0064279A">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:val="id-ID" w:bidi="ar-LY"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81C37">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:val="id-ID" w:bidi="ar-LY"/>
         </w:rPr>
         <w:t>الملخص</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4736AD8F" w14:textId="77777777" w:rsidR="00232BCD" w:rsidRDefault="00232BCD" w:rsidP="00232BCD">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA7334">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص الملخص</w:t>
-      </w:r>
+        <w:t xml:space="preserve">الملخص </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA7334">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7463EF6C" w14:textId="77777777" w:rsidR="0029762B" w:rsidRDefault="0029762B" w:rsidP="0029762B">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17AD2F41" w14:textId="77777777" w:rsidR="00232BCD" w:rsidRDefault="00232BCD" w:rsidP="007D71A9">
       <w:pPr>
         <w:pBdr>
@@ -1223,70 +1893,88 @@
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The introduction should be typed in Times New Roman with font size 10. Author can select Normal style setting from Styles of this template. The simplest way is to replace (copy-paste) the content with your own material. In this section, highlight the importance of topic, making general statements about the topic and presenting an overview on current research on the subject. Your introduction should clearly identify the subject area of interest.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B52E886" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Reference should be cited at appropriate point in the text by number(s) in square brackets in line with the text. e.g.: '..... was reported earlier [1, 2].'</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Reference should be cited at appropriate point in the text by number(s) in square brackets in line with the text. e.g.: '</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E34A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E34A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was reported earlier [1, 2].'</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AF16E7" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The actual authors can be referred to, but the reference number(s) must always be given. e.g.: 'Barnaby and Jones [3] obtained a different....'</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="060E5491" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The introduction should be typed in Times New Roman with font size 10. Author can select Normal style setting from Styles of this template. The simplest way is to replace (copy-paste) the content with your own material. In this section, highlight the importance of topic, making general statements about the topic and presenting an overview on current research on the subject. Your introduction should clearly identify the subject area of interest.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECEFE70" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
@@ -1399,102 +2087,89 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>This section should be typed in character size 10pt Times New Roman and alignment justified. Author can directly select Normal style from styles of this template. The results and discussion may be combined into a common section or obtainable separately. They may also be broken into subsets with short, revealing captions. An easy way to comply with the conference paper formatting requirements is to use this document as a template and simply type your text into it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5264442C" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>All tables should be inserted in the main text article at its appropriate place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B98261F" w14:textId="6EA44E33" w:rsidR="00E34A54" w:rsidRPr="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00D61E16">
+    <w:p w14:paraId="46FB60CF" w14:textId="53CB411A" w:rsidR="00E34A54" w:rsidRPr="0064279A" w:rsidRDefault="00E34A54" w:rsidP="0064279A">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Table 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Table title should be of font size 10pt, Times New Roman, </w:t>
       </w:r>
       <w:r w:rsidR="00D61E16" w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>justify</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -2784,51 +3459,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="735B361A" wp14:editId="68FA0FC6">
             <wp:extent cx="1351915" cy="1864374"/>
             <wp:effectExtent l="0" t="0" r="635" b="2540"/>
             <wp:docPr id="826079859" name="صورة 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="826079859" name="صورة 826079859"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1354256" cy="1867603"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -2914,380 +3589,600 @@
           <w:top w:val="single" w:sz="12" w:space="6" w:color="A6A6A6"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB13F22" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
+    <w:p w14:paraId="7DB13F22" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This section should be typed in character size 10pt Times New Roman and alignment justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">All the main points of the research work are written in this section. Ensure that abstract and conclusion should not same. Conclusion should be concise, informative and can be started with summarizing outcome of the study in 1-2 sentence and ended with one line stating: how this study will benefit to the society and way forward. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34A54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2EA568" w14:textId="77777777" w:rsidR="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
-      <w:pPr>
+    <w:p w14:paraId="6CFDEB4B" w14:textId="77777777" w:rsidR="00317EB6" w:rsidRPr="00413277" w:rsidRDefault="00317EB6" w:rsidP="00317EB6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Compliance with ethical standards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643896AD" w14:textId="77777777" w:rsidR="00317EB6" w:rsidRPr="00413277" w:rsidRDefault="00317EB6" w:rsidP="00317EB6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Disclosure of conflict of interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F9638E" w14:textId="77777777" w:rsidR="00317EB6" w:rsidRPr="00413277" w:rsidRDefault="00317EB6" w:rsidP="00317EB6">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413277">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The authors declare that they have no conflict of interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33DAD3D9" w14:textId="77777777" w:rsidR="00317EB6" w:rsidRPr="00E34A54" w:rsidRDefault="00317EB6" w:rsidP="00E34A54">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50FAE27D" w14:textId="39F23D83" w:rsidR="00E34A54" w:rsidRPr="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A214D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">References </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="EE0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>(APA 7th edition style)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6A4C36" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A214D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eason, G., Noble, B., &amp; Sneddon, I. N. (1955, April). On certain integrals of Lipschitz-Hankel type involving products of Bessel functions. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Philosophical Transactions of the Royal Society of London, Series A, Mathematical and Physical Sciences, 247</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(929), 529–551.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FA812C" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maxwell, J. C. (1892). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A treatise on electricity and magnetism</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3rd ed., Vol. 2). Clarendon Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193A2863" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jacobs, I. S., &amp; Bean, C. P. (1963). Fine particles, thin films and exchange anisotropy. In G. T. Rado &amp; H. Suhl (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Magnetism</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Vol. 3, pp. 271–350). Academic Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672C28AB" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elissa, K. (n.d.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Title of paper if known</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Unpublished manuscript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242105A2" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicole, R. (in press). Title of paper with only first word capitalized. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Journal Name Standard Abbreviation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E1E5B4" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yorozu, Y., Hirano, M., Oka, K., &amp; Tagawa, Y. (1987, August). Electron spectroscopy studies on magneto-optical media and plastic substrate interface. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IEEE Translation Journal on Magnetics in Japan, 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(8), 740–741. (Original work published 1982, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Digests of the 9th Annual Conference on Magnetics in Japan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, p. 301)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7235F9A9" w14:textId="77777777" w:rsidR="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Young, M. (1989). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The technical writer's handbook</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A214D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. University Science Books.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35ECCBCE" w14:textId="77777777" w:rsidR="0064279A" w:rsidRDefault="0064279A" w:rsidP="0064279A">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15FA8FD3" w14:textId="77777777" w:rsidR="0064279A" w:rsidRDefault="0064279A" w:rsidP="0064279A">
+      <w:pPr>
+        <w:pStyle w:val="references"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CDDA9F9" w14:textId="19359182" w:rsidR="0064279A" w:rsidRPr="0064279A" w:rsidRDefault="0064279A" w:rsidP="00AA7AF7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0064279A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="2C6A4C36" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Disclaimer/Publisher’s Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064279A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The statements, opinions, and data contained in all publications are solely those of the individual author(s) and contributor(s) and not of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064279A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>JIBAS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064279A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and/or the editor(s). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064279A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>JIBAS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0064279A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>and/or the editor(s) disclaim responsibility for any injury to people or property resulting from any ideas, methods, instructions, or products referred to in the content.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C40392F" w14:textId="77777777" w:rsidR="0064279A" w:rsidRPr="008A214D" w:rsidRDefault="0064279A" w:rsidP="0064279A">
       <w:pPr>
         <w:pStyle w:val="references"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...240 lines deleted...]
-      </w:r>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0EA6B494" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="00CA46AD" w:rsidRDefault="008A214D" w:rsidP="008A214D">
       <w:pPr>
         <w:pStyle w:val="references"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="354"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C5E7F71" w14:textId="77777777" w:rsidR="008A214D" w:rsidRDefault="008A214D" w:rsidP="008A214D">
       <w:pPr>
         <w:pStyle w:val="references"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
@@ -3305,699 +4200,854 @@
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3808A05D" w14:textId="77777777" w:rsidR="008A214D" w:rsidRPr="00E34A54" w:rsidRDefault="008A214D" w:rsidP="008A214D">
       <w:pPr>
         <w:pStyle w:val="references"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FFCA98C" w14:textId="77777777" w:rsidR="00B87B02" w:rsidRDefault="00B87B02" w:rsidP="00E34A54">
-[...10 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="008A214D" w:rsidRPr="00E34A54" w:rsidSect="00630461">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60A5B203" w14:textId="77777777" w:rsidR="000044A6" w:rsidRDefault="000044A6" w:rsidP="00E34A54">
+    <w:p w14:paraId="30FECB91" w14:textId="77777777" w:rsidR="00487034" w:rsidRDefault="00487034" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CC45AA6" w14:textId="77777777" w:rsidR="000044A6" w:rsidRDefault="000044A6" w:rsidP="00E34A54">
+    <w:p w14:paraId="21CE3E0A" w14:textId="77777777" w:rsidR="00487034" w:rsidRDefault="00487034" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="URWPalladioL-Bold">
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="URWPalladioL-Roma">
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="178BE7DA" w14:textId="77777777" w:rsidR="00D61E16" w:rsidRDefault="00D61E16">
-[...9 lines deleted...]
-  <w:p w14:paraId="65D87930" w14:textId="1EFDA769" w:rsidR="009C5031" w:rsidRPr="008A214D" w:rsidRDefault="00000000" w:rsidP="00C10969">
+  <w:p w14:paraId="65D87930" w14:textId="1EFDA769" w:rsidR="009C5031" w:rsidRPr="00AA7AF7" w:rsidRDefault="00000000" w:rsidP="00C10969">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8910"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
+        <w:color w:val="002060"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="-1322037518"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:color w:val="7F7F7F"/>
           <w:spacing w:val="60"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CF6704" w:rsidRPr="008A214D">
+        <w:r w:rsidR="00CF6704" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00FD6878" w:rsidRPr="008A214D">
+        <w:r w:rsidR="00FD6878" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>|</w:t>
         </w:r>
-        <w:r w:rsidR="00D61E16" w:rsidRPr="00D61E16">
+        <w:r w:rsidR="00D61E16" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Journal of Insights in Basic and Applied Sciences</w:t>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00D61E16" w:rsidRPr="00AA7AF7">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="id-ID"/>
+          </w:rPr>
+          <w:t>Journal of Insights in Basic and Applied Sciences</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+    <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="7F7F7F"/>
+        <w:color w:val="002060"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3CAE090B" w14:textId="77777777" w:rsidR="009C5031" w:rsidRPr="00053F71" w:rsidRDefault="009C5031">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="412CE448" w14:textId="753E5EBE" w:rsidR="009C5031" w:rsidRPr="008A214D" w:rsidRDefault="00000000" w:rsidP="00C10969">
+  <w:p w14:paraId="412CE448" w14:textId="753E5EBE" w:rsidR="009C5031" w:rsidRPr="00AA7AF7" w:rsidRDefault="00000000" w:rsidP="00C10969">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8910"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
+        <w:color w:val="002060"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="1289244780"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:color w:val="7F7F7F"/>
           <w:spacing w:val="60"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00605B7C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="00605B7C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+        <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00D61E16" w:rsidRPr="008A214D">
+        <w:r w:rsidR="00D61E16" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">| </w:t>
         </w:r>
-        <w:r w:rsidR="00D61E16" w:rsidRPr="00D61E16">
+        <w:r w:rsidR="00D61E16" w:rsidRPr="00AA7AF7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="002060"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t>Journal of Insights in Basic and Applied Sciences</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="0067189C" w:rsidRPr="008A214D">
+    <w:r w:rsidR="0067189C" w:rsidRPr="00AA7AF7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="7F7F7F"/>
+        <w:color w:val="002060"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67CAFB32" w14:textId="77777777" w:rsidR="000044A6" w:rsidRDefault="000044A6" w:rsidP="00E34A54">
+    <w:p w14:paraId="59A5F880" w14:textId="77777777" w:rsidR="00487034" w:rsidRDefault="00487034" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1796275D" w14:textId="77777777" w:rsidR="000044A6" w:rsidRDefault="000044A6" w:rsidP="00E34A54">
+    <w:p w14:paraId="29CA817D" w14:textId="77777777" w:rsidR="00487034" w:rsidRDefault="00487034" w:rsidP="00E34A54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="499ABF70" w14:textId="77777777" w:rsidR="009C5031" w:rsidRPr="00B622D1" w:rsidRDefault="0067189C" w:rsidP="00B622D1">
     <w:pPr>
       <w:pStyle w:val="1"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00B622D1">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">Pengaruh Strategi Pemasaran Dan Kualitas Layanan </w:t>
+      <w:t>Pengaruh</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00B622D1">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Strategi </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00B622D1">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>Pemasaran</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00B622D1">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Dan </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00B622D1">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>Kualitas</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00B622D1">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00B622D1">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Layanan </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00B622D1">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>Terhadap Keputusan Orang Tua Siswa</w:t>
+      <w:t>Terhadap</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00B622D1">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Keputusan Orang Tua </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00B622D1">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>Siswa</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="10"/>
       <w:tblW w:w="10324" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1631"/>
-      <w:gridCol w:w="7078"/>
+      <w:gridCol w:w="1586"/>
+      <w:gridCol w:w="7123"/>
       <w:gridCol w:w="1615"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00D61E16" w:rsidRPr="008A214D" w14:paraId="65C0B13B" w14:textId="77777777" w:rsidTr="00903605">
+    <w:tr w:rsidR="00AA7AF7" w:rsidRPr="008A214D" w14:paraId="65C0B13B" w14:textId="77777777" w:rsidTr="00AA7AF7">
       <w:trPr>
         <w:trHeight w:val="1587"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1418" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
           </w:tcBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           <w:tcMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="0A4C56EF" w14:textId="77777777" w:rsidR="00D61E16" w:rsidRPr="008A214D" w:rsidRDefault="00D61E16" w:rsidP="00D61E16">
+        <w:p w14:paraId="0A4C56EF" w14:textId="5DCC3DCE" w:rsidR="00D61E16" w:rsidRPr="008A214D" w:rsidRDefault="00AA7AF7" w:rsidP="00D61E16">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4680"/>
               <w:tab w:val="right" w:pos="9360"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C5C1CC5" wp14:editId="64C88077">
-[...2 lines deleted...]
-                <wp:docPr id="165126114" name="صورة 2"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F6BE4D2" wp14:editId="47F73EF0">
+                <wp:extent cx="968991" cy="1336298"/>
+                <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+                <wp:docPr id="1077255969" name="صورة 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="165126114" name="صورة 165126114"/>
+                        <pic:cNvPr id="1077255969" name="صورة 1077255969"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1005711" cy="1386937"/>
+                          <a:ext cx="988055" cy="1362589"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7290" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           <w:tcMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="2DAFB9E9" w14:textId="77777777" w:rsidR="00D61E16" w:rsidRDefault="00D61E16" w:rsidP="00D61E16">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4680"/>
               <w:tab w:val="right" w:pos="9360"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004530A5">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:kern w:val="2"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
             <w:t xml:space="preserve"> Journal of Insights in Basic and Applied Sciences</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="497BE421" w14:textId="77777777" w:rsidR="00D61E16" w:rsidRPr="008A214D" w:rsidRDefault="00D61E16" w:rsidP="00D61E16">
+        <w:p w14:paraId="27D246F6" w14:textId="4FD09E48" w:rsidR="00AA7AF7" w:rsidRDefault="00AA7AF7" w:rsidP="00D61E16">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="360" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+              <w:b/>
+              <w:bCs/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AA7AF7">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:rtl/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>مجلة رؤى في العلوم الأساسية والتطبيقية</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="497BE421" w14:textId="68C62F23" w:rsidR="00D61E16" w:rsidRPr="008A214D" w:rsidRDefault="00D61E16" w:rsidP="00D61E16">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4680"/>
               <w:tab w:val="right" w:pos="9360"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008A214D">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
-            <w:t>Volume 1, Issue 1, 2025</w:t>
+            <w:t xml:space="preserve">Volume 1, Issue </w:t>
+          </w:r>
+          <w:r w:rsidR="00962B84">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidRPr="008A214D">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:b/>
+              <w:bCs/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+            <w:t>, 2025</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
             <w:t>, Pages: 01-17</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="30EBA094" w14:textId="77777777" w:rsidR="00D61E16" w:rsidRPr="008A214D" w:rsidRDefault="00D61E16" w:rsidP="00D61E16">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4680"/>
               <w:tab w:val="right" w:pos="9360"/>
             </w:tabs>
             <w:spacing w:line="360" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:kern w:val="2"/>
@@ -4015,50 +5065,51 @@
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
             <w:t xml:space="preserve">: </w:t>
           </w:r>
           <w:r w:rsidRPr="00400C1E">
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
             <w:t>https://jibas.com.ly/index.php/jibas/en</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1616" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
           </w:tcBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent5" w:themeFillTint="33"/>
           <w:tcMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="5A7C1865" w14:textId="77777777" w:rsidR="00D61E16" w:rsidRPr="008A214D" w:rsidRDefault="00D61E16" w:rsidP="00D61E16">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4680"/>
               <w:tab w:val="right" w:pos="9360"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
             </w:rPr>
@@ -4223,131 +5274,138 @@
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1878154655">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="354890135">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E34A54"/>
     <w:rsid w:val="000044A6"/>
     <w:rsid w:val="00012098"/>
     <w:rsid w:val="00052969"/>
     <w:rsid w:val="00084507"/>
     <w:rsid w:val="000A15C5"/>
     <w:rsid w:val="001249D6"/>
     <w:rsid w:val="001C10FC"/>
     <w:rsid w:val="001D5BD4"/>
     <w:rsid w:val="001F5C1A"/>
     <w:rsid w:val="0021295F"/>
     <w:rsid w:val="00232BCD"/>
     <w:rsid w:val="0029762B"/>
+    <w:rsid w:val="00317EB6"/>
     <w:rsid w:val="00385AEF"/>
     <w:rsid w:val="0039545E"/>
     <w:rsid w:val="003D66CD"/>
     <w:rsid w:val="003D6E0C"/>
     <w:rsid w:val="003D79B5"/>
     <w:rsid w:val="003E2D19"/>
     <w:rsid w:val="003E59AD"/>
+    <w:rsid w:val="00487034"/>
     <w:rsid w:val="0049031C"/>
     <w:rsid w:val="004B3AAA"/>
     <w:rsid w:val="00545A1E"/>
     <w:rsid w:val="00571344"/>
     <w:rsid w:val="005B7D57"/>
     <w:rsid w:val="005C6776"/>
     <w:rsid w:val="005D01CF"/>
     <w:rsid w:val="00605B7C"/>
     <w:rsid w:val="00630461"/>
+    <w:rsid w:val="0064279A"/>
     <w:rsid w:val="0067189C"/>
+    <w:rsid w:val="00672312"/>
     <w:rsid w:val="006A322E"/>
     <w:rsid w:val="006C24EA"/>
     <w:rsid w:val="006D073B"/>
     <w:rsid w:val="006E0937"/>
     <w:rsid w:val="006E4FC9"/>
     <w:rsid w:val="00757591"/>
     <w:rsid w:val="00793724"/>
     <w:rsid w:val="007C12B4"/>
     <w:rsid w:val="007D0D80"/>
     <w:rsid w:val="007D71A9"/>
     <w:rsid w:val="0085003B"/>
     <w:rsid w:val="00883124"/>
     <w:rsid w:val="008A214D"/>
     <w:rsid w:val="0090286A"/>
     <w:rsid w:val="009125C7"/>
     <w:rsid w:val="0093522B"/>
+    <w:rsid w:val="00962B84"/>
     <w:rsid w:val="00995EC1"/>
     <w:rsid w:val="009C5031"/>
     <w:rsid w:val="009C5A8C"/>
     <w:rsid w:val="00A123CD"/>
     <w:rsid w:val="00A13CF6"/>
     <w:rsid w:val="00A25F3B"/>
     <w:rsid w:val="00A5190B"/>
     <w:rsid w:val="00A57ABE"/>
     <w:rsid w:val="00A81111"/>
     <w:rsid w:val="00A95369"/>
     <w:rsid w:val="00AA63C4"/>
     <w:rsid w:val="00AA6873"/>
+    <w:rsid w:val="00AA7AF7"/>
     <w:rsid w:val="00AF0B96"/>
     <w:rsid w:val="00B01BD8"/>
     <w:rsid w:val="00B21A3F"/>
     <w:rsid w:val="00B87B02"/>
     <w:rsid w:val="00BF4349"/>
     <w:rsid w:val="00C061A0"/>
     <w:rsid w:val="00C10969"/>
     <w:rsid w:val="00C36538"/>
     <w:rsid w:val="00C55A3A"/>
     <w:rsid w:val="00CE4065"/>
     <w:rsid w:val="00CF37AD"/>
     <w:rsid w:val="00CF6704"/>
     <w:rsid w:val="00D06B96"/>
     <w:rsid w:val="00D06EA1"/>
     <w:rsid w:val="00D61E16"/>
     <w:rsid w:val="00D76A69"/>
     <w:rsid w:val="00DC34F1"/>
     <w:rsid w:val="00E34A54"/>
     <w:rsid w:val="00E86F42"/>
     <w:rsid w:val="00EA711D"/>
     <w:rsid w:val="00ED2173"/>
     <w:rsid w:val="00ED695C"/>
     <w:rsid w:val="00F1373C"/>
     <w:rsid w:val="00FD6878"/>
   </w:rsids>
@@ -5166,67 +6224,79 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A214D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0064279A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abduulgaderalsharif@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dr.bduali@bwu.edu.ly" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="نسق Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5451,75 +6521,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1322</Words>
-  <Characters>6810</Characters>
+  <Words>1411</Words>
+  <Characters>7379</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>148</Lines>
-  <Paragraphs>104</Paragraphs>
+  <Lines>158</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Scientific Journal for Publishing in Health Research and Technology</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SACC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8028</CharactersWithSpaces>
+  <CharactersWithSpaces>8704</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Journal of Insights in Basic and Applied Sciences</dc:title>
   <dc:subject/>
   <dc:creator>Abdussalam</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>8b4302ec00941a87ca9c5bfa61761f6607bb869a0cecba0f23a806df3243a5b8</vt:lpwstr>